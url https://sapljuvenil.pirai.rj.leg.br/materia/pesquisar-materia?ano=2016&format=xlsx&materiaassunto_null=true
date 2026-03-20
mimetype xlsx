--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -54,183 +54,183 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vitoria Santana</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/10/10_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE PROVIDENCIAR A SUBSTITUIÇÃO DOS COMPUTADORES DA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, LOCALIZADA EM CACARIA, 2º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/11/11_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">  	VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE PROVIDENCIAR UMA SALA PARA AULA DE EDUCAÇÃO ARTÍSTICA NA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, LOCALIZADA EM CACARIA, 2º DISTRITO DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/12/12_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SEJAM FEITAS MELHORIAS NA BIBLIOTECA DA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, LOCALIZADA EM CACARIA, 2º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/13/13_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">  	VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE AQUISIÇÃO DE UMA MESA DE TOTÓ PARA A  ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, LOCALIZADA EM CACARIA, 2º DISTRITO DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/14/14_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE SUBSTITUIR AS LIXEIRAS DA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, LOCALIZADA EM CACARIA, 2º DISTRITO DESTE MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Rafael Pires</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/15/15_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>RAFAEL HENRIQUE RIBEIRO PIRES, VEREADOR MIRIM, COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A NECESSIDADE DA  CONSTRUÇÃO DE UMA PRAÇA COM ÁREA DE LAZER COM A INSTALAÇÃO DE BRINQUEDOS INFANTIS E ACADEMIA AO AR LIVRE , BAIRRO CAIÇARA, 1º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/16/16_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RAFAEL HENRIQUE RIBEIRO PIRES, VEREADOR MIRIM, COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE PROVIDENCIAR A SUBSTITUIÇÃO DA TELA DE PROTEÇÃO DO PSF DO BAIRRO CAIÇARA, 1º DISTRITO DESTE MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/17/17_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SEJA PROVIDENCIADA A CONFECÇÃO DE PLAQUINHAS  EDUCATIVAS DOS DEVERES E DIREITOS DOS ALUNOS DENTRO DA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, DE ACORDO COM O REGIMENTO ESCOLAR.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/18/18_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SEJA PROVIDENCIADA A SUBSTITUIÇÃO DA TELA DE PROTEÇÃO DO CAMPO DE FUTEBOL DO BAIRRO CACARIA, 2º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/19/19_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>RAFAEL HENRIQUE RIBEIRO PIRES, VEREADOR MIRIM, COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE PROVIDENCIAR A AQUISIÇÃO DE AR CONDICIONADO PARA A ESCOLA MUNICIPAL EPITÁCIO CAMPOS, LOCALIZADA NO BAIRRO CAIÇARA, 1º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/20/20_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>RAFAEL HENRIQUE RIBEIRO PIRES, VEREADOR MIRIM, COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE PROVIDENCIAR A AQUISIÇÃO DE MAIS LIVROS DIDÁTICOS PARA A ESCOLA MUNICIPAL EPITÁCIO CAMPOS, LOCALIZADA NO BAIRRO CAIÇARA, 1º DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/21/21_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
   	RAFAEL HENRIQUE RIBEIRO PIRES, VEREADOR MIRIM, COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE QUE EFETUAR A  COLETA DE LIXO MAIS VEZES DURANTE A SEMANA NO BAIRRO CAIÇARA, 1º DISTRITO DESTE MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -540,68 +540,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/21/21_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2016/21/21_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>