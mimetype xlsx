--- v0 (2026-01-29)
+++ v1 (2026-03-20)
@@ -54,214 +54,214 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vitoria Santana</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SEJA PROVIDENCIADA A MANUTENÇÃO DOS BANHEIROS DA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE CONSTRUÇÃO DE UMA SALA DE JOGOS NA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gustavo Cruz</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">GUSTAVO DE OLIVEIRA CRUZ, VEREADOR MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A NECESSIDADE URGENTE DE SER FAZER A MANUTENÇÃO NA PARTE ELÉTRICA DO CIEP 158 PROFESSORA MARGARIDA THOMPSON, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
   	GUSTAVO DE OLIVEIRA CRUZ, VEREADOR MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SOLICITE JUNTO À SECRETARIA DE MEIO AMBIENTE, A REVITALIZAÇÃO DO CIEP 158 PROFESSORA MARGARIDA THOMPSON, NESTE MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SEJA FEITA A PINTURA E COLOCAÇÃO DE VIDROS NAS JANELAS E PORTAS DA ESCOLA MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, LOCALIZADA EM CACARIA, DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>VITÓRIA GOMES SANTANA, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE COLOCAÇÃO DE UM MURAL EM TODAS AS SALAS DE AULAS PARA EXPOSIÇÃO DE TRABALHOS DOS ALUNOS DO SEGUNDO SEGMENTO, NO COLÉGIO MUNICIPAL DR. AURELINO GONÇALVES BARBOSA, EM CACARIA, DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Pedro Miguel</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDRO MIGUEL RAMOS CAVALCANTE, VEREADOR MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A SOLICITAÇÃO DE CURSOS DE INFORMÁTICA PARA OS ALUNOS DO CIEP 477, EM ARROZAL, DISTRITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDRO MIGUEL RAMOS CAVALCANTI, VEREADOR MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SOLICITE JUNTO À SECRETARIA COMPETENTE QUE SEJA CONCLUÍDA A OBRA DA CRECHE MUNICIPAL DE ARROZAL, 3º DISTRITO DO MUNICÍPIO DE PIRAÍ.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Isadora Antunes</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
   	ISADORA ANTUNES MARTINS, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA INDICA AO EXMO. SENHOR PREFEITO MIRIM, A NECESSIDADE DE SE DETERMINAR À SECRETARIA DE EDUCAÇÃO, VISANDO A IMPLANTAÇÃO DE NOVOS CURSOS PROFISSIONALIZANTES NO COLÉGIO MUNICIPAL PRESIDENTE CASTELO BRANCO, NO MUNICÍPIO DE PIRAÍ._x000D_
 </t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ana Alice</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANA ALICE DO NASCIMENTO BASILIO, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE SEJA PROVIDENCIADA A REFORMA DO TELHADO DA QUADRA DO BAIRRO ASILO, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANA ALICE DO NASCIMENTO BASILIO, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE FAZER A MANUTENÇÃO DO CAMPO DE FUTEBOL DO LAJES, ALÉM DE DESENVOLVER UM PROGRAMA DE JOGOS ESPORTIVOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANA ALICE DO NASCIMENTO BASILIO, VEREADORA MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, A POSSIBILIDADE DE FAZER UMA MANUTENÇÃO GERAL NA ESCOLA DE LAJES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapljuvenil.pirai.rj.leg.br/media/</t>
+    <t>http://sapljuvenil.pirai.rj.leg.br/media/</t>
   </si>
   <si>
     <t>PEDRO MIGUEL RAMOS CAVALCANTE, VEREADOR MIRIM COM ASSENTO NESTA CASA LEGISLATIVA, NO USO DE SUAS ATRIBUIÇÕES, INDICA AO EXMO. SENHOR PREFEITO MIRIM, QUE ENTRE EM CONTATO COM O EXMO. SENHOR PREFEITO MUNICIPAL - LUIZ ANTONIO DA SILVA NEVES, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO COMANDO DO 10º  BATALHÃO  DE  POLÍCIA  MILITAR, PLEITEANDO O AUMENTO DE CONTINGENTE E, UMA ATENÇÃO MAIOR NA RONDA NO DISTRITO DE ARROZAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -568,68 +568,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljuvenil.pirai.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapljuvenil.pirai.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>